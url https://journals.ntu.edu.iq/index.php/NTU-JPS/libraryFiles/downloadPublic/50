--- v0 (2025-12-23)
+++ v1 (2026-01-23)
@@ -1014,51 +1014,51 @@
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0C15F4E4" w14:textId="4F6FFECF" w:rsidR="00A473E5" w:rsidRPr="000C31A1" w:rsidRDefault="00A473E5" w:rsidP="00A473E5">
+          <w:p w14:paraId="0C15F4E4" w14:textId="5D56975C" w:rsidR="00A473E5" w:rsidRPr="000C31A1" w:rsidRDefault="00A473E5" w:rsidP="00A473E5">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The authors declare that no Artificial Intelligence (AI) tools were used in the preparation of this manuscript, or that any use of AI was strictly within the limits permitted by the journal’s AI policy (available at:</w:t>
             </w:r>
             <w:r w:rsidR="008E7B49" w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
@@ -3074,84 +3074,84 @@
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="359B76BB" w14:textId="786AFC86" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="00B05EEF" w:rsidP="000B1F1E">
+          <w:p w14:paraId="359B76BB" w14:textId="0310BF19" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="00B05EEF" w:rsidP="000B1F1E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The corresponding author understands that publication in the NTU Journal of Pure Sciences may involve open access or publication charges as stated on the journal’s website.</w:t>
             </w:r>
             <w:r w:rsidR="00FA3F57" w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (available at: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00FA3F57" w:rsidRPr="000C31A1">
+              <w:r w:rsidR="00732DEA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>AI Usage Policy</w:t>
+                <w:t>Publication Fees (APC)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FA3F57" w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1120183396"/>
             <w:placeholder>
               <w:docPart w:val="541896C53AAC4A3D8D3F67316547CD76"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
@@ -3397,234 +3397,203 @@
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="29B6914F" w14:textId="5A276C23" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="00725EC3" w:rsidP="000B1F1E">
+          <w:p w14:paraId="399CBB46" w14:textId="77777777" w:rsidR="004D0EDC" w:rsidRDefault="00296D6F" w:rsidP="00296D6F">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C31A1">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">The authors agree to transfer </w:t>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The authors retain copyright and grant NTU Journal of Pure Sciences a non</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-              <w:t>or</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> license copyright to NTU Journal of Pure Sciences upon acceptance, under the journal’s stated license policy (e.g., CC BY 4.0).</w:t>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">exclusive </w:t>
             </w:r>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>license</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to publish the article under the Creative Commons Attribution 4.0 International (CC BY 4.0) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>license</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00296D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00F36154">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://cre</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F36154">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>a</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F36154">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>tivecommons.org/licenses/by/4.0/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="29B6914F" w14:textId="3D43D471" w:rsidR="00A94C4D" w:rsidRPr="00296D6F" w:rsidRDefault="00A94C4D" w:rsidP="00A94C4D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For more read </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Copyright and Licensing Policy Page</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="171612398"/>
             <w:placeholder>
               <w:docPart w:val="8F5CA3E41DEB4CE2AFC96F16129DFAB2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5074" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="5C6CD2F8" w14:textId="21801361" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="001E73A5" w:rsidP="000B1F1E">
-                <w:pPr>
-[...125 lines deleted...]
-              <w:p w14:paraId="0025F18B" w14:textId="11D0D65D" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="001E73A5" w:rsidP="000B1F1E">
                 <w:pPr>
                   <w:spacing w:after="120"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="001E3141" w:rsidRPr="008D6713" w14:paraId="4B1A443F" w14:textId="4AB00A1B" w:rsidTr="000C31A1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -3712,66 +3681,82 @@
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB3F714" w14:textId="6F35A534" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="004D0EDC" w:rsidP="000B1F1E">
+          <w:p w14:paraId="2FB3F714" w14:textId="226D89A3" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="00591CB6" w:rsidP="00591CB6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C31A1">
-[...5 lines deleted...]
-              <w:t>The corresponding author certifies that all co-authors have reviewed and approved the final version of the manuscript and consented to its submission.</w:t>
+            <w:r w:rsidRPr="00591CB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The corresponding author confirms, on behalf of all co</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00591CB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>authors, that they have reviewed and approved the final version of the manuscript and agree to its submission for publication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1551030371"/>
             <w:placeholder>
               <w:docPart w:val="594824C7C339445D98CB290480FFDA1A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5074" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7529A63B" w14:textId="58687B1F" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="001E73A5" w:rsidP="000B1F1E">
                 <w:pPr>
                   <w:spacing w:after="120"/>
                   <w:rPr>
@@ -3836,77 +3821,67 @@
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4E351935" w14:textId="77777777" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="004D0EDC" w:rsidP="000B1F1E">
+          <w:p w14:paraId="6FC5A140" w14:textId="46E386F7" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="004D0EDC" w:rsidP="004C5987">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C31A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The corresponding author will handle all communication with the editorial office on behalf of all authors.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-241721233"/>
             <w:placeholder>
               <w:docPart w:val="BBE3CCEB0E56499A8D18288FC314CC76"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5074" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="43547D2C" w14:textId="118D1921" w:rsidR="004D0EDC" w:rsidRPr="000C31A1" w:rsidRDefault="001E73A5" w:rsidP="000B1F1E">
                 <w:pPr>
                   <w:spacing w:after="120"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4743,51 +4718,51 @@
                 <w:r w:rsidRPr="000C31A1">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:noProof/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CC4292" wp14:editId="4304D0D6">
                       <wp:extent cx="1576317" cy="458391"/>
                       <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                       <wp:docPr id="1" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId10">
+                              <a:blip r:embed="rId12">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1633405" cy="474992"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -4873,74 +4848,74 @@
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0340B041" w14:textId="243F89E4" w:rsidR="00806C74" w:rsidRPr="00320148" w:rsidRDefault="00806C74" w:rsidP="002B6D37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1483"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00806C74" w:rsidRPr="00320148" w:rsidSect="00105866">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40EB003A" w14:textId="77777777" w:rsidR="0027754D" w:rsidRDefault="0027754D" w:rsidP="00744135">
+    <w:p w14:paraId="3D17063C" w14:textId="77777777" w:rsidR="00F72545" w:rsidRDefault="00F72545" w:rsidP="00744135">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A66D0D0" w14:textId="77777777" w:rsidR="0027754D" w:rsidRDefault="0027754D" w:rsidP="00744135">
+    <w:p w14:paraId="2085CFA1" w14:textId="77777777" w:rsidR="00F72545" w:rsidRDefault="00F72545" w:rsidP="00744135">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5079,61 +5054,61 @@
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="003E12DC">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Northern Technical University, Mosul, Iraq</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55BFD69D" w14:textId="77777777" w:rsidR="0027754D" w:rsidRDefault="0027754D" w:rsidP="00744135">
+    <w:p w14:paraId="0ED13061" w14:textId="77777777" w:rsidR="00F72545" w:rsidRDefault="00F72545" w:rsidP="00744135">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E982E25" w14:textId="77777777" w:rsidR="0027754D" w:rsidRDefault="0027754D" w:rsidP="00744135">
+    <w:p w14:paraId="62B1EDFE" w14:textId="77777777" w:rsidR="00F72545" w:rsidRDefault="00F72545" w:rsidP="00744135">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="192D1700"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B266D74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5544,166 +5519,176 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="342899410">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1475829530">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="885219979">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1087456335">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1408965177">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="181475640">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="9724" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="1"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZoCElZwgCKn1KaZ2oaACS7xa39k43wH7txkf7ehp5b8ZhO600cA1bM7z+CdQLLlu4Q9DR3sGkB0tKnLU1sLB1A==" w:salt="PlCfa6+9cDLLml5KGZcgfA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="x6cHfmXxY3QrYqKL7Mu3JY3xJpZhGaeqipmqCA/tgZWIbrMjmxtXU6ZiasMspLFkeIWBVG6LcAH0huBnL5Vd8A==" w:salt="lr2AYt9smISXVZtDzg3X4Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00744135"/>
     <w:rsid w:val="000333F3"/>
     <w:rsid w:val="000A34CB"/>
     <w:rsid w:val="000A4FFA"/>
     <w:rsid w:val="000B1F1E"/>
     <w:rsid w:val="000C31A1"/>
     <w:rsid w:val="00105866"/>
     <w:rsid w:val="0016748F"/>
     <w:rsid w:val="001B0871"/>
     <w:rsid w:val="001C27E0"/>
     <w:rsid w:val="001C7972"/>
     <w:rsid w:val="001E3141"/>
     <w:rsid w:val="001E73A5"/>
     <w:rsid w:val="002031E0"/>
     <w:rsid w:val="00234303"/>
     <w:rsid w:val="00234D5F"/>
     <w:rsid w:val="0027754D"/>
+    <w:rsid w:val="00296D6F"/>
     <w:rsid w:val="002B487A"/>
     <w:rsid w:val="002B4DAC"/>
     <w:rsid w:val="002B6D37"/>
     <w:rsid w:val="002D7B2F"/>
     <w:rsid w:val="002F7976"/>
     <w:rsid w:val="00301E5B"/>
     <w:rsid w:val="00320148"/>
     <w:rsid w:val="00336A4B"/>
     <w:rsid w:val="00363045"/>
     <w:rsid w:val="00364088"/>
     <w:rsid w:val="003843B1"/>
     <w:rsid w:val="00387820"/>
     <w:rsid w:val="003B0DDB"/>
     <w:rsid w:val="003B7260"/>
     <w:rsid w:val="003E12DC"/>
     <w:rsid w:val="00487030"/>
     <w:rsid w:val="004B74F3"/>
+    <w:rsid w:val="004C5987"/>
     <w:rsid w:val="004D0EDC"/>
     <w:rsid w:val="005910D0"/>
+    <w:rsid w:val="00591CB6"/>
     <w:rsid w:val="005F3B44"/>
     <w:rsid w:val="00680F8F"/>
     <w:rsid w:val="006D7DF9"/>
     <w:rsid w:val="006F0779"/>
     <w:rsid w:val="00725EC3"/>
+    <w:rsid w:val="00732DEA"/>
     <w:rsid w:val="00744135"/>
     <w:rsid w:val="0078464B"/>
     <w:rsid w:val="007F638B"/>
     <w:rsid w:val="00806C74"/>
     <w:rsid w:val="00811524"/>
     <w:rsid w:val="00835F92"/>
     <w:rsid w:val="008C0A86"/>
     <w:rsid w:val="008D6713"/>
     <w:rsid w:val="008E7B49"/>
+    <w:rsid w:val="0090380B"/>
     <w:rsid w:val="0092619E"/>
     <w:rsid w:val="009461DC"/>
     <w:rsid w:val="009B5BE6"/>
+    <w:rsid w:val="009B6C6B"/>
     <w:rsid w:val="009D3D62"/>
     <w:rsid w:val="009D6E70"/>
     <w:rsid w:val="009E7FE4"/>
     <w:rsid w:val="009F0691"/>
     <w:rsid w:val="00A27F37"/>
     <w:rsid w:val="00A473E5"/>
     <w:rsid w:val="00A64C89"/>
+    <w:rsid w:val="00A94C4D"/>
     <w:rsid w:val="00AE345B"/>
     <w:rsid w:val="00AF149A"/>
     <w:rsid w:val="00B05EEF"/>
     <w:rsid w:val="00B06458"/>
     <w:rsid w:val="00B468F0"/>
     <w:rsid w:val="00B86C9D"/>
     <w:rsid w:val="00B955B6"/>
     <w:rsid w:val="00C502D2"/>
+    <w:rsid w:val="00C54B45"/>
     <w:rsid w:val="00C554AA"/>
     <w:rsid w:val="00C72967"/>
     <w:rsid w:val="00C8238F"/>
     <w:rsid w:val="00C83AA0"/>
     <w:rsid w:val="00CB527B"/>
     <w:rsid w:val="00CC0215"/>
     <w:rsid w:val="00CD4BD6"/>
     <w:rsid w:val="00CE438B"/>
     <w:rsid w:val="00D70F7B"/>
     <w:rsid w:val="00D744EE"/>
     <w:rsid w:val="00D7659E"/>
     <w:rsid w:val="00DC28C2"/>
     <w:rsid w:val="00E0271F"/>
+    <w:rsid w:val="00E30395"/>
     <w:rsid w:val="00E72127"/>
     <w:rsid w:val="00F01020"/>
     <w:rsid w:val="00F24C77"/>
     <w:rsid w:val="00F27C63"/>
     <w:rsid w:val="00F512B3"/>
+    <w:rsid w:val="00F72545"/>
     <w:rsid w:val="00F750AB"/>
     <w:rsid w:val="00FA3F57"/>
     <w:rsid w:val="00FA70F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6297,51 +6282,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C72967"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Question">
     <w:name w:val="Question"/>
@@ -6895,62 +6879,85 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E7B49"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E7B49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00296D6F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00296D6F"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ntu.edu.iq/index.php/NTU-JPS/journal_policies" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ntu.edu.iq/index.php/NTU-JPS/journal_policies" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ntu.edu.iq/index.php/NTU-JPS/ai_usage_policy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ntu.edu.iq/index.php/NTU-JPS/copyright_and_licensing_policy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ntu.edu.iq/index.php/NTU-JPS/Charge" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9F7C5AE6-DC29-4E0F-B778-60672C9552EC}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -7222,79 +7229,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8F5CA3E41DEB4CE2AFC96F16129DFAB2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0BF5F1DC-47C7-4D10-ACE6-8A66820F7BE8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0025245A" w:rsidRDefault="00FC574A" w:rsidP="00FC574A">
           <w:pPr>
             <w:pStyle w:val="8F5CA3E41DEB4CE2AFC96F16129DFAB2"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="8777B647A61141879EB5B6BF790A8714"/>
           </w:pPr>
           <w:r w:rsidRPr="001A4172">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="594824C7C339445D98CB290480FFDA1A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{71D91BDA-26C9-4A7E-B50B-B95BEB838A1D}"/>
       </w:docPartPr>
@@ -7584,51 +7562,53 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC574A"/>
     <w:rsid w:val="000747C6"/>
     <w:rsid w:val="001B0871"/>
     <w:rsid w:val="00234303"/>
     <w:rsid w:val="0025245A"/>
     <w:rsid w:val="002B487A"/>
     <w:rsid w:val="003843B1"/>
     <w:rsid w:val="004B74F3"/>
     <w:rsid w:val="007B3368"/>
     <w:rsid w:val="00842ECD"/>
     <w:rsid w:val="00891B60"/>
+    <w:rsid w:val="00A50FBF"/>
     <w:rsid w:val="00BE5217"/>
+    <w:rsid w:val="00C54B45"/>
     <w:rsid w:val="00CA7BF2"/>
     <w:rsid w:val="00EA452E"/>
     <w:rsid w:val="00FC574A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -8450,69 +8430,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{466DFF11-D013-47E2-8881-F95F3EB3CB1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>775</Words>
-  <Characters>4421</Characters>
+  <Words>798</Words>
+  <Characters>4555</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5186</CharactersWithSpaces>
+  <CharactersWithSpaces>5343</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ahmed abdullah</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>