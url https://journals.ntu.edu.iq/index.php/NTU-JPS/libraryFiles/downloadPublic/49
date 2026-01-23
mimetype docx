--- v0 (2025-12-23)
+++ v1 (2026-01-23)
@@ -5,51 +5,109 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="67E2AE8C" w14:textId="4FF52E8F" w:rsidR="00132E24" w:rsidRPr="00132E24" w:rsidRDefault="00000000" w:rsidP="00132E24">
+    <w:p w14:paraId="221619D6" w14:textId="03E6FEF0" w:rsidR="00D82382" w:rsidRPr="00BF1D50" w:rsidRDefault="00BF1D50" w:rsidP="00132E24">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1D50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Make sure to read </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6113">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and follow </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1D50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>all the comments in red color</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E2AE8C" w14:textId="41DEF97D" w:rsidR="00132E24" w:rsidRPr="00132E24" w:rsidRDefault="00000000" w:rsidP="00132E24">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00132E24">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Title of the Paper</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12DF26FD" w14:textId="46F609CC" w:rsidR="00B70B51" w:rsidRPr="00C928CE" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -120,173 +178,318 @@
         <w:t>(Bold, 12 pt Times New Roman, left-aligned</w:t>
       </w:r>
       <w:r w:rsidR="00BB1668" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, 12pt space before and 6pt space after</w:t>
       </w:r>
       <w:r w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8255F4" w14:textId="0150D464" w:rsidR="00B70B51" w:rsidRPr="00E1062B" w:rsidRDefault="00000000" w:rsidP="00E1062B">
+    <w:p w14:paraId="6B8255F4" w14:textId="6A91727C" w:rsidR="00B70B51" w:rsidRPr="00E1062B" w:rsidRDefault="00000000" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1062B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The abstract should summarize the study in 150-300 words, covering background, objectives, methods, key results, and main conclusions. Times New Roman 11 pt, justified, 1.15 line spacing, 0.5 cm first-line indent.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="02285081" w14:textId="77777777" w:rsidR="00B70B51" w:rsidRPr="008E1BBE" w:rsidRDefault="00000000">
+        <w:t>The abstract should summarize the study in 150-300 words, covering background, objectives, methods, key results, and main conclusions. Times New Roman 11 pt, justified</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6A38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6A38" w:rsidRPr="00B5013D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.15 line spacing</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02285081" w14:textId="2DD3C7C4" w:rsidR="00B70B51" w:rsidRPr="00B37B7E" w:rsidRDefault="00000000" w:rsidP="00046AD4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008E1BBE">
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B37B7E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E1BBE">
-[...10 lines deleted...]
-    <w:p w14:paraId="778238C5" w14:textId="11A62826" w:rsidR="00187743" w:rsidRPr="00C928CE" w:rsidRDefault="0096432D" w:rsidP="008E1BBE">
+      <w:r w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: keyword1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF" w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keyword2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF" w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keyword3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF" w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keyword4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF" w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B37B7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keyword5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778238C5" w14:textId="21BA9256" w:rsidR="00187743" w:rsidRPr="00C928CE" w:rsidRDefault="0096432D" w:rsidP="008E1BBE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(3–6 keywords, relevant to indexing; Times New Roman, 11 pt, italic, left-aligned)</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
+        <w:t>(3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use controlled vocabularies if possible (like </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C928CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6 keywords, relevant to indexing; Times New Roman, 11 pt, italic, left-aligned)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use controlled </w:t>
+      </w:r>
+      <w:r w:rsidR="008C71EA" w:rsidRPr="00C928CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>vocabularies,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if possible (like </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>MeSH</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
+      <w:r w:rsidR="00EC0C8C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00EC0C8C" w:rsidRPr="00EC0C8C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://meshb.nlm.nih.gov/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EC0C8C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00AC0BB8" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or</w:t>
+        <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E1BBE" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>IEEE taxonomy</w:t>
       </w:r>
@@ -331,74 +534,88 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1. Introduction</w:t>
       </w:r>
       <w:r w:rsidR="00592887">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00592887" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Bold, 12 pt Times New Roman, left-aligned, 12pt space before and 6pt space after, numbering ex. 1. Introduction)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACE2122" w14:textId="77777777" w:rsidR="00EA2B7E" w:rsidRDefault="00187743" w:rsidP="00EA2B7E">
+    <w:p w14:paraId="0ACE2122" w14:textId="106D4F63" w:rsidR="00EA2B7E" w:rsidRDefault="00187743" w:rsidP="00F64BCF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00187743">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide the background and significance of the study (500–800 words). Summarize existing literature, highlight trends, and identify knowledge gaps. Clearly justify the research and end with the study aim, objectives, or hypothesis. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2FFE0BB1" w14:textId="13AF3614" w:rsidR="006E6FFD" w:rsidRDefault="006E6FFD" w:rsidP="00CB7933">
+        <w:t>Provide the background and significance of the study (500</w:t>
+      </w:r>
+      <w:r w:rsidR="00281BAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00187743">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">800 words). Summarize existing literature, highlight trends, and identify knowledge gaps. Clearly justify the research and end with the study aim, objectives, or hypothesis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFE0BB1" w14:textId="01105504" w:rsidR="006E6FFD" w:rsidRDefault="006E6FFD" w:rsidP="00F64BCF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6FFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Style</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -456,125 +673,155 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6FFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Multiple references separated by commas or hyphens:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E6FFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“[2,4,6]” or “[1–3]”</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78AD3412" w14:textId="162BECB9" w:rsidR="00187743" w:rsidRPr="00B5013D" w:rsidRDefault="00EA2B7E" w:rsidP="00EA2B7E">
+        <w:t>“[2,4,6]” or “[1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3]”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AD3412" w14:textId="430166FE" w:rsidR="00187743" w:rsidRPr="00B5013D" w:rsidRDefault="00EA2B7E" w:rsidP="00F64BCF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5013D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For the body text u</w:t>
       </w:r>
       <w:r w:rsidR="00187743" w:rsidRPr="00B5013D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>se Times New Roman, 11 pt, justified, 1.15 line spacing, 0.5 cm first-line indent</w:t>
+        <w:t>se Times New Roman, 11 pt, justified, 1.15 line spacing</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5013D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 6pt spacing before and after the paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E4654A" w14:textId="3A0E98CE" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2. Materials and Methods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C02E324" w14:textId="4F9F6CC4" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00EA2B7E">
+    <w:p w14:paraId="3C02E324" w14:textId="2619A43F" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00F64BCF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Describe the study design, location, period, population/sample, inclusion/exclusion criteria, materials, instruments, and procedures. Include ethical approval information for human/animal studies. Detail data collection and statistical or qualitative analysis methods (software, significance level). Ensure transparency for replication (500–1000 words).</w:t>
+        <w:t>Describe the study design, location, period, population/sample, inclusion/exclusion criteria, materials, instruments, and procedures. Include ethical approval information for human/animal studies. Detail data collection and statistical or qualitative analysis methods (software, significance level). Ensure transparency for replication (500</w:t>
+      </w:r>
+      <w:r w:rsidR="004C52DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3634">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1000 words).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325FB5DE" w14:textId="4D22F6F8" w:rsidR="00607CB6" w:rsidRPr="00C928CE" w:rsidRDefault="00607CB6" w:rsidP="00592887">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607CB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1 Sample Collection</w:t>
       </w:r>
@@ -646,192 +893,183 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="54EC8CCA" w14:textId="68DF9881" w:rsidR="009D78E5" w:rsidRDefault="009D78E5" w:rsidP="00997303">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D78E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.4 Ethical Approval and Consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2438549E" w14:textId="66ABDAFD" w:rsidR="009D78E5" w:rsidRPr="009D78E5" w:rsidRDefault="009D78E5" w:rsidP="009D78E5">
+    <w:p w14:paraId="2438549E" w14:textId="66ABDAFD" w:rsidR="009D78E5" w:rsidRPr="009D78E5" w:rsidRDefault="009D78E5" w:rsidP="00F64BCF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D78E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This study was approved by the NTU Institutional Review Board (Approval No. NTU-2025-01). Written informed consent was obtained from all participants prior to enrollment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="027651DA" w14:textId="2095EADC" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00607CB6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3. Results</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C14F081" w14:textId="500BAA78" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
+    <w:p w14:paraId="6C14F081" w14:textId="500BAA78" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Present findings clearly, objectively, and in the order of objectives. Use tables and figures, each with a title, number, and caption. Include statistical values (means ± SD, percentages, CI, p-values). Do not interpret results </w:t>
       </w:r>
       <w:r w:rsidR="00DA64F7" w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>here,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report only factual outcomes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C69BFF9" w14:textId="03D4B0B3" w:rsidR="00025AFE" w:rsidRDefault="00025AFE" w:rsidP="00025AFE">
+    <w:p w14:paraId="5C69BFF9" w14:textId="03D4B0B3" w:rsidR="00025AFE" w:rsidRDefault="00025AFE" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025AFE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Insert each table or figure immediately after the paragraph where it is first mentioned in the text.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Example: </w:t>
       </w:r>
       <w:r w:rsidRPr="00025AFE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The calibration results are shown in Table 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127F9C48" w14:textId="77777777" w:rsidR="00025AFE" w:rsidRPr="00025AFE" w:rsidRDefault="00025AFE" w:rsidP="00025AFE">
+    <w:p w14:paraId="127F9C48" w14:textId="77777777" w:rsidR="00025AFE" w:rsidRPr="00F64BCF" w:rsidRDefault="00025AFE" w:rsidP="00025AFE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00025AFE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64BCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00025AFE">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00F64BCF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Calibration results of temperature sensors.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="2061"/>
         <w:gridCol w:w="2684"/>
         <w:gridCol w:w="2731"/>
@@ -1245,572 +1483,803 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:pict w14:anchorId="58E391D8">
           <v:rect id="_x0000_s2050" style="width:240.95pt;height:240.95pt;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" fillcolor="#215e99 [2431]" stroked="f">
             <w10:wrap anchorx="margin"/>
             <w10:anchorlock/>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E88A158" w14:textId="3908F90D" w:rsidR="00F96964" w:rsidRPr="00F96964" w:rsidRDefault="00F96964" w:rsidP="00F96964">
+    <w:p w14:paraId="5E88A158" w14:textId="093A6687" w:rsidR="00F96964" w:rsidRPr="00F64BCF" w:rsidRDefault="00F96964" w:rsidP="00A6441C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F96964">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64BCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...19 lines deleted...]
-        <w:pStyle w:val="FirstParagraph"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="0095232F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA3634">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64BCF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Architecture of the IoT-based temperature monitoring system showing sensor nodes (blue), gateway (green) and cloud analytics interface (orange). Data flows from sensors to gateway to cloud where real‐time analysis is performed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D27C791" w14:textId="693A01A8" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3634">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>4. Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF80B63" w14:textId="2C972A11" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
+    <w:p w14:paraId="3CF80B63" w14:textId="26166A62" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Interpret results in context with existing literature (500–1000 words). Explain their significance, </w:t>
+        <w:t>Interpret results in context with existing literature (500</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3634">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1000 words). Explain their significance, </w:t>
       </w:r>
       <w:r w:rsidR="00CF6207" w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>compare them</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with prior studies, and highlight novel contributions. Discuss limitations, implications, and recommendations for future research. Avoid unsupported speculation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350F7A53" w14:textId="77777777" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5. Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D749358" w14:textId="28C27AF7" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
+    <w:p w14:paraId="4D749358" w14:textId="2842765E" w:rsidR="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA3634">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Summarize the key findings (150–250 words). Emphasize the main message, scientific/practical relevance, and potential applications. Suggest feasible future research directions if relevant. Keep concise and transparent.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="358F5D91" w14:textId="77777777" w:rsidR="00910734" w:rsidRPr="00C928CE" w:rsidRDefault="003D55C0" w:rsidP="00910734">
+        <w:t>Summarize the key findings (150</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3634">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>250 words). Emphasize the main message, scientific/practical relevance, and potential applications. Suggest feasible future research directions if relevant. Keep concise and transparent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C390B05" w14:textId="77777777" w:rsidR="00D82382" w:rsidRDefault="00D82382" w:rsidP="00910734">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358F5D91" w14:textId="5ACE6D04" w:rsidR="00910734" w:rsidRPr="00C928CE" w:rsidRDefault="003D55C0" w:rsidP="00910734">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Author Contributions</w:t>
       </w:r>
       <w:r w:rsidR="00910734">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00910734" w:rsidRPr="00C928CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Bold, 12 pt Times New Roman, left-aligned, 12pt space before and 6pt space after)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724C9FBE" w14:textId="58055F89" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
+    <w:p w14:paraId="724C9FBE" w14:textId="2E25BAFF" w:rsidR="003D55C0" w:rsidRPr="00D82382" w:rsidRDefault="00D82382" w:rsidP="00D82382">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Important</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notice:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For peer-review purposes, do not use real author names. Instead, identify contributors </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author 1, Author 2, Author 3, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0690AD75" w14:textId="77777777" w:rsidR="00D82382" w:rsidRDefault="009D78E5" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:b/>
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D78E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Author Contributions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D78E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">State the specific role(s) of each author using the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00A436C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>CRediT</w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve"> (Contributor Roles Taxonomy)</w:t>
+          <w:t>CRediT (Contributor Roles Taxonomy)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009D78E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> roles (e.g., Conceptualization, Methodology, Data Curation, Writing—Original Draft, Supervision, etc.).</w:t>
+        <w:t xml:space="preserve"> roles (e.g., Conceptualization, Methodology, Data Curation, Writing</w:t>
+      </w:r>
+      <w:r w:rsidR="002C04E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D78E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Original Draft, Supervision, etc.).</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82382">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF3204D" w14:textId="64CF7C2E" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B26914C" w14:textId="103B3F2B" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="004D7929">
-[...20 lines deleted...]
-    <w:p w14:paraId="19347F00" w14:textId="29290AFB" w:rsidR="00F111A9" w:rsidRDefault="00F111A9" w:rsidP="00F111A9">
+    <w:p w14:paraId="5B26914C" w14:textId="103B3F2B" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:b/>
-[...37 lines deleted...]
-    <w:p w14:paraId="515E0BBC" w14:textId="73ECB3C7" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D55C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Declare all funding sources or state: “This research received no external funding.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19347F00" w14:textId="29290AFB" w:rsidR="00F111A9" w:rsidRDefault="00F111A9" w:rsidP="00F111A9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D55C0">
+      <w:r w:rsidRPr="00F111A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Conflicts of Interest</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="456D8E5C" w14:textId="35752729" w:rsidR="004D7929" w:rsidRDefault="004D7929" w:rsidP="004D7929">
+        <w:t>Data Availability Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCD56B4" w14:textId="486CCDD1" w:rsidR="00F111A9" w:rsidRPr="003D55C0" w:rsidRDefault="00F111A9" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:b/>
-[...37 lines deleted...]
-    <w:p w14:paraId="1AFFBF5E" w14:textId="6EEB0A4E" w:rsidR="006E6FFD" w:rsidRDefault="003D55C0" w:rsidP="006E6FFD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F111A9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide a brief statement on where and how the data supporting your study can be accessed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515E0BBC" w14:textId="73ECB3C7" w:rsidR="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>References</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E4B5FB0" w14:textId="47CB15C8" w:rsidR="003D55C0" w:rsidRPr="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
+        <w:t>Conflicts of Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185D92CC" w14:textId="10D83460" w:rsidR="003D55C0" w:rsidRPr="004D7929" w:rsidRDefault="003D55C0" w:rsidP="00F64BCF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D55C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Declare any potential conflicts of interest or state: “The authors declare no conflict of interest.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456D8E5C" w14:textId="35752729" w:rsidR="004D7929" w:rsidRDefault="004D7929" w:rsidP="004D7929">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004D7929">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76ACEE51" w14:textId="5448F494" w:rsidR="004D7929" w:rsidRPr="003D55C0" w:rsidRDefault="004D7929" w:rsidP="00F64BCF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D7929">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional. A brief section to acknowledge individuals, institutions, or services that aided the research but do not meet authorship criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFFBF5E" w14:textId="6EEB0A4E" w:rsidR="006E6FFD" w:rsidRDefault="003D55C0" w:rsidP="006E6FFD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1E33BE" w14:textId="39509D7C" w:rsidR="00276C5D" w:rsidRPr="00276C5D" w:rsidRDefault="00276C5D" w:rsidP="00276C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00276C5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00276C5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All references must include a DOI or permanent URL whenever available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00276C5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B34EAAA" w14:textId="599833A6" w:rsidR="00717212" w:rsidRPr="00D71DF2" w:rsidRDefault="00276C5D" w:rsidP="00276C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D71DF2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00276C5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Submissions with missing DOIs or inaccessible links will be returned to authors for correction before peer review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D71DF2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4B5FB0" w14:textId="47CB15C8" w:rsidR="003D55C0" w:rsidRPr="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D55C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>List all cited sources in a consistent format (Vancouver style). Example:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA2B7FB" w14:textId="77777777" w:rsidR="003D55C0" w:rsidRPr="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="006E6FFD">
+    <w:p w14:paraId="3CA2B7FB" w14:textId="10733DE9" w:rsidR="003D55C0" w:rsidRPr="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="006E6FFD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Smith J, Brown L. Title of the article. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal Name.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2020; 12(3):123–130.</w:t>
+        <w:t xml:space="preserve"> 2020; 12(3):123</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB72F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D55C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>130.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4978F83E" w14:textId="77777777" w:rsidR="003D55C0" w:rsidRPr="003D55C0" w:rsidRDefault="003D55C0" w:rsidP="006E6FFD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D55C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Johnson A, et al. Title of the book. Publisher; 2018.</w:t>
@@ -1865,80 +2334,80 @@
     <w:p w14:paraId="4037F7B0" w14:textId="77777777" w:rsidR="003D55C0" w:rsidRPr="00AA3634" w:rsidRDefault="003D55C0" w:rsidP="003D55C0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="006EAA4B" w14:textId="77777777" w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidRDefault="00AA3634" w:rsidP="00AA3634">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA3634" w:rsidRPr="00AA3634" w:rsidSect="00FF7EA5">
-      <w:footerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="782B22FF" w14:textId="77777777" w:rsidR="00C9512C" w:rsidRDefault="00C9512C" w:rsidP="000D07DE">
+    <w:p w14:paraId="08A84202" w14:textId="77777777" w:rsidR="00013F84" w:rsidRDefault="00013F84" w:rsidP="000D07DE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23EEFA72" w14:textId="77777777" w:rsidR="00C9512C" w:rsidRDefault="00C9512C" w:rsidP="000D07DE">
+    <w:p w14:paraId="20A792DC" w14:textId="77777777" w:rsidR="00013F84" w:rsidRDefault="00013F84" w:rsidP="000D07DE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1961,50 +2430,57 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="604778710"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1E1C4EEB" w14:textId="6A1D53A6" w:rsidR="000D07DE" w:rsidRPr="00206CA5" w:rsidRDefault="00206CA5" w:rsidP="00206CA5">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
@@ -2064,88 +2540,125 @@
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="548F0D4B" w14:textId="77777777" w:rsidR="00C9512C" w:rsidRDefault="00C9512C" w:rsidP="000D07DE">
+    <w:p w14:paraId="65350A46" w14:textId="77777777" w:rsidR="00013F84" w:rsidRDefault="00013F84" w:rsidP="000D07DE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E12C067" w14:textId="77777777" w:rsidR="00C9512C" w:rsidRDefault="00C9512C" w:rsidP="000D07DE">
+    <w:p w14:paraId="012BDF18" w14:textId="77777777" w:rsidR="00013F84" w:rsidRDefault="00013F84" w:rsidP="000D07DE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="748C2F8D" w14:textId="77777777" w:rsidR="00FF7EA5" w:rsidRDefault="00FF7EA5" w:rsidP="00FF7EA5">
+  <w:p w14:paraId="748C2F8D" w14:textId="77777777" w:rsidR="00FF7EA5" w:rsidRPr="00DE28A7" w:rsidRDefault="00FF7EA5" w:rsidP="00DE28A7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000D07DE">
+    <w:r w:rsidRPr="00DE28A7">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:rPr>
       <w:t>NTU Journal of Pure Sciences (NTU-JPS) | ISSN: 2789-1089 | EISSN: 2789-1097</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="22547393" w14:textId="19890735" w:rsidR="00FF7EA5" w:rsidRDefault="00FF7EA5" w:rsidP="00FF7EA5">
+  <w:p w14:paraId="22547393" w14:textId="547072A5" w:rsidR="00FF7EA5" w:rsidRPr="00DE28A7" w:rsidRDefault="00FF7EA5" w:rsidP="00DE28A7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="008E0F1B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
       <w:t>Original Research Article</w:t>
+    </w:r>
+    <w:r w:rsidR="008E0F1B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="008E0F1B" w:rsidRPr="008E0F1B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="EE0000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>(Change it to your paper type)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0000A990"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AFA9314"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2733,128 +3246,162 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1857771618">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1823429043">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="948587441">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B70B51"/>
+    <w:rsid w:val="00013F84"/>
     <w:rsid w:val="00025AFE"/>
+    <w:rsid w:val="0004653E"/>
+    <w:rsid w:val="00046AD4"/>
     <w:rsid w:val="000A6FE5"/>
+    <w:rsid w:val="000B5D7E"/>
     <w:rsid w:val="000D07DE"/>
     <w:rsid w:val="000D3005"/>
     <w:rsid w:val="00132E24"/>
     <w:rsid w:val="00187743"/>
+    <w:rsid w:val="001A631B"/>
+    <w:rsid w:val="001F65EC"/>
     <w:rsid w:val="00206CA5"/>
+    <w:rsid w:val="00276C5D"/>
+    <w:rsid w:val="00281BAA"/>
+    <w:rsid w:val="002C04E0"/>
+    <w:rsid w:val="003428A2"/>
     <w:rsid w:val="0034557D"/>
+    <w:rsid w:val="003758E9"/>
     <w:rsid w:val="003D55C0"/>
+    <w:rsid w:val="004C52DA"/>
     <w:rsid w:val="004D31FD"/>
     <w:rsid w:val="004D7929"/>
     <w:rsid w:val="00540666"/>
     <w:rsid w:val="00581407"/>
     <w:rsid w:val="00592887"/>
     <w:rsid w:val="00593934"/>
     <w:rsid w:val="005A52F2"/>
     <w:rsid w:val="00607CB6"/>
     <w:rsid w:val="006E6FFD"/>
+    <w:rsid w:val="00717212"/>
     <w:rsid w:val="007548E1"/>
+    <w:rsid w:val="007A6A38"/>
     <w:rsid w:val="007B6B92"/>
     <w:rsid w:val="007D123C"/>
+    <w:rsid w:val="008A6113"/>
+    <w:rsid w:val="008B78CA"/>
+    <w:rsid w:val="008C71EA"/>
+    <w:rsid w:val="008D27E5"/>
+    <w:rsid w:val="008E0F1B"/>
     <w:rsid w:val="008E1BBE"/>
+    <w:rsid w:val="00901392"/>
     <w:rsid w:val="00910734"/>
     <w:rsid w:val="00927F60"/>
     <w:rsid w:val="009320F6"/>
     <w:rsid w:val="009454A0"/>
+    <w:rsid w:val="0095232F"/>
     <w:rsid w:val="0096432D"/>
     <w:rsid w:val="00997303"/>
     <w:rsid w:val="009A1E03"/>
     <w:rsid w:val="009D78E5"/>
+    <w:rsid w:val="009E2B22"/>
     <w:rsid w:val="00A436C2"/>
+    <w:rsid w:val="00A6441C"/>
     <w:rsid w:val="00AA3634"/>
+    <w:rsid w:val="00AB72F0"/>
     <w:rsid w:val="00AC0BB8"/>
+    <w:rsid w:val="00AC1D87"/>
     <w:rsid w:val="00AD452C"/>
+    <w:rsid w:val="00B257C9"/>
+    <w:rsid w:val="00B37B7E"/>
     <w:rsid w:val="00B5013D"/>
     <w:rsid w:val="00B505A6"/>
     <w:rsid w:val="00B70B51"/>
     <w:rsid w:val="00BB1668"/>
+    <w:rsid w:val="00BF1D50"/>
     <w:rsid w:val="00C42FE0"/>
     <w:rsid w:val="00C928CE"/>
     <w:rsid w:val="00C9512C"/>
     <w:rsid w:val="00CB7933"/>
     <w:rsid w:val="00CF6207"/>
+    <w:rsid w:val="00D71DF2"/>
+    <w:rsid w:val="00D82382"/>
     <w:rsid w:val="00DA64F7"/>
+    <w:rsid w:val="00DD3179"/>
+    <w:rsid w:val="00DE28A7"/>
     <w:rsid w:val="00DE67C7"/>
     <w:rsid w:val="00E1062B"/>
     <w:rsid w:val="00EA2B7E"/>
     <w:rsid w:val="00EB0AEC"/>
+    <w:rsid w:val="00EC0C8C"/>
     <w:rsid w:val="00F111A9"/>
+    <w:rsid w:val="00F64BCF"/>
     <w:rsid w:val="00F96964"/>
     <w:rsid w:val="00FB196E"/>
     <w:rsid w:val="00FF7EA5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3311,51 +3858,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A10FD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -4124,51 +4670,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D07DE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4427,67 +4973,67 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>727</Words>
-  <Characters>4145</Characters>
+  <Words>788</Words>
+  <Characters>4494</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4863</CharactersWithSpaces>
+  <CharactersWithSpaces>5272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>